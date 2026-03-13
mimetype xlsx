--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -5,60 +5,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://digdir-my.sharepoint.com/personal/malin_ovrebo_digdir_no/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mvb\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{13B32099-EFFE-4269-8382-16EDC91EFBAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B46C66FC-CD3B-415D-9C5F-0171507ED664}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{127A4745-C3F8-44CD-8C6E-AA4C4CE66FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4260" yWindow="4155" windowWidth="28800" windowHeight="15210" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="51480" yWindow="3390" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Liste over krav" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Feil_funnet">'Liste over krav'!$E$6</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -279,58 +279,58 @@
   <si>
     <t>3.3.4 Forhindring av feil (juridiske feil, økonomiske feil, datafeil)</t>
   </si>
   <si>
     <t>Prinsipp 4: Robust</t>
   </si>
   <si>
     <t>4.1 Kompatibel</t>
   </si>
   <si>
     <t>Sørg for best mulig kompatibilitet med aktuelle og fremtidige brukeragenter, inkludert kompenserende teknologi.</t>
   </si>
   <si>
     <t>4.1.2 Navn, rolle, verdi</t>
   </si>
   <si>
     <t>4.1.3 Statusbeskjeder</t>
   </si>
   <si>
     <t>Mal – WCAG-sjekkliste for utfylling av tilgjengelighetserklæring for app</t>
   </si>
   <si>
     <t>1.2.5 Synstolking (forhåndsinnspilt)</t>
   </si>
   <si>
-    <t>Sist oppdatert: 24.01.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>4.1.1 Parsing (oppdeling)</t>
   </si>
   <si>
     <t>Oversikt over status for universell utforming i én enkelt native app uavhengig av operativsystem. Her ser du WCAG-kravene som apper skal oppfylle, sortert på de fire prinsippene i WCAG-standarden. For hver av retningslinjene finnes beskrivelser, lenker til mer informasjon, m.m., samt en nedtrekksmeny der du kan notere status pr i dag.
 Du kan laste ned arket og bruke det som arbeidsliste, men følg alltid med på uutilsynet.no for oppdatert kravliste.</t>
+  </si>
+  <si>
+    <t>Sist oppdatert: 30.01.26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1697,73 +1697,73 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/145-bilder-av-tekst-niva-aa/97" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/212-ingen-tastaturfelle-niva/99" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/251-pekerbevegelser-niva/148" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/222-pause-stopp-skjul-niva/101" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/231-terskelverdi-pa-maksimalt-tre-glimt-niva/102" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/333-forslag-ved-feil-niva-aa/118" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/411-parsing-oppdeling-niva/120" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/134-visningsretning-niva-aa/141" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/121-bare-lyd-og-bare-video-forhandsinnspilt-niva/88" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/1413-pekerfolsomt-innhold-eller-innhold-ved-tastaturfokus-niva-aa/147" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/221-justerbar-hastighet-niva/100" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/311-sprak-pa-siden-niva/110" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/125-synstolking-forhandsinnpilt-niva-aa/842" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/111-ikke-tekstlig-innhold-niva/87" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/133-sensoriske-egenskaper-niva/92" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/143-kontrast-minimum-niva-aa/95" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/246-overskrifter-og-ledetekster-niva-aa/108" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/331-identifikasjon-av-feil-niva/116" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/253-ledetekst-i-navn-niva/150" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/413-statusbeskjeder-niva-aa/152" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/132-meningsfylt-rekkefolge-niva/91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/1412-tekstavstand-niva-aa/146" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/244-formal-med-lenke-i-kontekst-niva/106" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/254-bevegelsesaktivering-niva/151" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/412-navn-rolle-verdi-niva/121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/142-styring-av-lyd-niva/94" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/214-hurtigtaster-som-bestar-av-ett-tegn-niva/782" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/322-inndata-niva/114" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/131-informasjon-og-relasjoner-niva/90" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/141-bruk-av-farge-niva/93" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/1411-kontrast-ikke-tekstlig-innhold-niva-aa/145" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/243-fokusrekkefolge-niva/105" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/252-pekeravbrytelse-niva/149" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/321-fokus-niva/112" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/334-forhindring-av-feil-juridiske-feil-okonomiske-feil-datafeil-niva-aa/119" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/135-identifiser-formal-med-inndata-niva-aa/142" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/122-teksting-forhandsinnspilt-niva/89" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/144-endring-av-tekststorrelse-niva-aa/96" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/211-tastatur-niva/98" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/247-synlig-fokus-niva-aa/109" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/332-ledetekster-eller-instruksjoner-niva/117" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uutilsynet.no/wcag-standarden/1410-dynamisk-tilpasning-reflow-niva-aa/144" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:O993"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2:B2"/>
+      <selection pane="bottomRight" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="28.85546875" customWidth="1"/>
     <col min="4" max="4" width="19.140625" customWidth="1"/>
     <col min="5" max="5" width="16.85546875" customWidth="1"/>
     <col min="6" max="6" width="70.140625" customWidth="1"/>
     <col min="7" max="7" width="16.85546875" customWidth="1"/>
     <col min="8" max="8" width="18.42578125" customWidth="1"/>
     <col min="9" max="15" width="16.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B1" s="54"/>
       <c r="C1" s="36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="38"/>
     </row>
     <row r="2" spans="1:15" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="51"/>
       <c r="B2" s="52"/>
       <c r="C2" s="39"/>
       <c r="D2" s="40"/>
       <c r="E2" s="40"/>
       <c r="F2" s="41"/>
     </row>
     <row r="3" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="55" t="s">
         <v>76</v>
       </c>
       <c r="B3" s="56"/>
       <c r="C3" s="56"/>
       <c r="D3" s="56"/>
       <c r="E3" s="56"/>
       <c r="F3" s="57"/>
     </row>
     <row r="4" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="11"/>
@@ -2886,51 +2886,51 @@
       </c>
       <c r="B57" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="25"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
     </row>
     <row r="58" spans="1:15" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="45"/>
       <c r="B58" s="9"/>
       <c r="C58" s="9"/>
       <c r="D58" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
     </row>
     <row r="59" spans="1:15" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="45"/>
       <c r="B59" s="9"/>
       <c r="C59" s="9"/>
       <c r="D59" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E59" s="12" t="s">
         <v>9</v>
       </c>
@@ -19036,80 +19036,77 @@
     <hyperlink ref="D58" r:id="rId42" xr:uid="{8CF0F624-2F75-4D75-AF90-49785ED91D4C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId43"/>
   <drawing r:id="rId44"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1704f382-c4af-45b3-98ca-cde3dd2cfb20">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b7e1c890-b922-4698-97ff-1384d6802437" xsi:nil="true"/>
     <SharedWithUsers xmlns="b7e1c890-b922-4698-97ff-1384d6802437">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Q D A A B Q S w M E F A A C A A g A D 3 u p V E E 1 s j K k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e B A y K M M r q I m J s Y V a 4 V G e B h a L P / m 4 C f 5 C 2 I U d X O 8 5 5 7 h 3 v v 1 B t n Q 1 N 5 F d U a 3 m J K A c u I p l O 1 B Y 5 m S 3 h 7 9 m G Q C 1 o U 8 F a X y R h l N M p h D S i p r z w l j z j n q I t p 2 J Q s 5 D 9 g u X 2 x k p Z q C f G T 9 X / Y 1 G l u g V E T A 9 j V G h D T g M x r F 4 y Z g E 4 R c 4 1 c I x + 7 Z / k C Y 9 7 X t O y V w 7 y 9 X w K Y I 7 P 1 B P A B Q S w M E F A A C A A g A D 3 u p V A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A A 9 7 q V Q o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A A 9 7 q V R B N b I y p A A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A A P e 6 l U D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A A 9 7 q V Q o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D w C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 4 v N k 0 l P l u T a t u 5 W k L N p L s A A A A A A I A A A A A A A N m A A D A A A A A E A A A A G / B 8 h B K j X x c m N X V L w 3 d 8 t o A A A A A B I A A A K A A A A A Q A A A A 1 z J y t b O 5 x / U m v 8 T g T w t L 0 1 A A A A D E n s + S N s Z j q 7 1 w S 0 v d 6 z w E m c z N h s 9 1 P o l s k f 1 s 4 Z c W N F I z 1 H 9 K L R i 9 J C f A + P I g a 1 X 9 3 I i L G f g q e o 9 I x 8 H 8 z t i v x c T 0 8 5 d S e n p d S k f a j 3 a H j R Q A A A B 8 a e O Q 7 j l v C q z f K E 7 v S M M n d Q V 9 L Q = = < / D a t a M a s h u p > 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000A33CE64D3E22549AFAB47538DB34156" ma:contentTypeVersion="12" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="9171519b0dbc8f3deaa0d5ba29d6e676">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1704f382-c4af-45b3-98ca-cde3dd2cfb20" xmlns:ns3="b7e1c890-b922-4698-97ff-1384d6802437" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc358abc918b8193e610767bad2016cd" ns2:_="" ns3:_="">
     <xsd:import namespace="1704f382-c4af-45b3-98ca-cde3dd2cfb20"/>
     <xsd:import namespace="b7e1c890-b922-4698-97ff-1384d6802437"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -19284,98 +19281,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Q D A A B Q S w M E F A A C A A g A D 3 u p V E E 1 s j K k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e B A y K M M r q I m J s Y V a 4 V G e B h a L P / m 4 C f 5 C 2 I U d X O 8 5 5 7 h 3 v v 1 B t n Q 1 N 5 F d U a 3 m J K A c u I p l O 1 B Y 5 m S 3 h 7 9 m G Q C 1 o U 8 F a X y R h l N M p h D S i p r z w l j z j n q I t p 2 J Q s 5 D 9 g u X 2 x k p Z q C f G T 9 X / Y 1 G l u g V E T A 9 j V G h D T g M x r F 4 y Z g E 4 R c 4 1 c I x + 7 Z / k C Y 9 7 X t O y V w 7 y 9 X w K Y I 7 P 1 B P A B Q S w M E F A A C A A g A D 3 u p V A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A A 9 7 q V Q o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A A 9 7 q V R B N b I y p A A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A A P e 6 l U D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A A 9 7 q V Q o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D w C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 4 v N k 0 l P l u T a t u 5 W k L N p L s A A A A A A I A A A A A A A N m A A D A A A A A E A A A A G / B 8 h B K j X x c m N X V L w 3 d 8 t o A A A A A B I A A A K A A A A A Q A A A A 1 z J y t b O 5 x / U m v 8 T g T w t L 0 1 A A A A D E n s + S N s Z j q 7 1 w S 0 v d 6 z w E m c z N h s 9 1 P o l s k f 1 s 4 Z c W N F I z 1 H 9 K L R i 9 J C f A + P I g a 1 X 9 3 I i L G f g q e o 9 I x 8 H 8 z t i v x c T 0 8 5 d S e n p d S k f a j 3 a H j R Q A A A B 8 a e O Q 7 j l v C q z f K E 7 v S M M n d Q V 9 L Q = = < / D a t a M a s h u p > 
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{178D31B1-4023-4B44-885E-F7F325B1783B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b7e1c890-b922-4698-97ff-1384d6802437"/>
     <ds:schemaRef ds:uri="1704f382-c4af-45b3-98ca-cde3dd2cfb20"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5BDDA1F-52F5-46D2-BE01-A6117BA60C2C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4703E268-E374-427A-B548-36185495AF45}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E83F5F81-C8E7-4B42-A28F-789DE00833DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1704f382-c4af-45b3-98ca-cde3dd2cfb20"/>
     <ds:schemaRef ds:uri="b7e1c890-b922-4698-97ff-1384d6802437"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5BDDA1F-52F5-46D2-BE01-A6117BA60C2C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngitte områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>